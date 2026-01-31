--- v0 (2025-12-16)
+++ v1 (2026-01-31)
@@ -110,51 +110,51 @@
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251692032" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:editId="6E372332" wp14:anchorId="059ADE66">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>3232150</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>96520</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1301750" cy="1376136"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1" descr="{{SchoolLogo}}"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="{{SchoolLogo}}"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R714828b1be474192">
+                    <a:blip r:embed="Ref18c0d8176b4306">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1301750" cy="1376136"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -6170,51 +6170,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1006900458">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/word/media/image1.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/word/media/image5.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/word/media/image4.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/word/media/image3.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/word/media/image2.png" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image6.png" Id="R714828b1be474192" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/word/media/image1.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/word/media/image5.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/word/media/image4.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/word/media/image3.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/word/media/image2.png" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image6.png" Id="Ref18c0d8176b4306" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>