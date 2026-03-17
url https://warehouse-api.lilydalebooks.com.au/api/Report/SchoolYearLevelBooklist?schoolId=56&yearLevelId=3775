--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -110,51 +110,51 @@
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251692032" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:editId="6E372332" wp14:anchorId="059ADE66">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>3232150</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>96520</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1301750" cy="1376136"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1" descr="{{SchoolLogo}}"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="{{SchoolLogo}}"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Ref18c0d8176b4306">
+                    <a:blip r:embed="R13eeeb4349044da0">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1301750" cy="1376136"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -6170,51 +6170,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1006900458">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/word/media/image1.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/word/media/image5.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/word/media/image4.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/word/media/image3.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/word/media/image2.png" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image6.png" Id="Ref18c0d8176b4306" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/word/media/image1.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/word/media/image5.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/word/media/image4.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/word/media/image3.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/word/media/image2.png" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image6.png" Id="R13eeeb4349044da0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>